--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -119,78 +119,78 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D6FE3E4" w14:textId="31F0C081" w:rsidR="007351C0" w:rsidRPr="00B772D3" w:rsidRDefault="007351C0" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B772D3">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B3E1169" wp14:editId="280B9A89">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B3E1169" wp14:editId="7EACBCA9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="1793933" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21375"/>
                 <wp:lineTo x="21332" y="21375"/>
                 <wp:lineTo x="21332" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="231308159" name="Picture 1" descr="A logo of a building&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="231308159" name="Picture 1" descr="Norfolk State University logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="242988605" name="Picture 1" descr="A logo of a building&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="231308159" name="Picture 1" descr="Norfolk State University logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1793933" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -404,51 +404,67 @@
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> prepare </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidR="00B443C0" w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> syllab</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
-        <w:t>i before distributing to students. Faculty are expected to</w:t>
+        <w:t xml:space="preserve">i before </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>distributing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to students. Faculty are expected to</w:t>
       </w:r>
       <w:r w:rsidR="00B443C0" w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> remove this cover page and replace </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">all parenthetical notes </w:t>
       </w:r>
       <w:r w:rsidR="00B87874" w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>for faculty</w:t>
       </w:r>
       <w:r w:rsidR="00B443C0" w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
@@ -611,85 +627,89 @@
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> syllab</w:t>
       </w:r>
       <w:r w:rsidR="00E16DDF">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the University </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor=":~:text=SensusAccess%20is%20a%20self%2Dservice,audio%20books%20and%20e%2Dbooks." w:tooltip="https://www.nsu.edu/sensusaccess#:~:text=SensusAccess%20is%20a%20self%2Dservice,audio%20books%20and%20e%2Dbooks." w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00E16DDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="majorBidi"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>SensusAccess</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:hyperlink r:id="rId9" w:anchor=":~:text=SensusAccess%20is%20a%20self%2Dservice,audio%20books%20and%20e%2Dbooks." w:tooltip="https://www.nsu.edu/sensusaccess#:~:text=SensusAccess%20is%20a%20self%2Dservice,audio%20books%20and%20e%2Dbooks." w:history="1">
         <w:r w:rsidRPr="00B87874">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="majorBidi"/>
             <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">portal prior to posting for students. </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor=":~:text=SensusAccess%20is%20a%20self%2Dservice,audio%20books%20and%20e%2Dbooks." w:tooltip="https://www.nsu.edu/sensusaccess#:~:text=SensusAccess%20is%20a%20self%2Dservice,audio%20books%20and%20e%2Dbooks." w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00E16DDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="majorBidi"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>SensusAccess</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00E16DDF">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B87874">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>is an online document conversion system that converts text and image-based files into more accessible formats. It can also be used to transform text and image-based files into different outputs including audio, Braille, or e-text formats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538355B6" w14:textId="77777777" w:rsidR="007351C0" w:rsidRPr="00C33C73" w:rsidRDefault="007351C0" w:rsidP="00E017FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -762,78 +782,78 @@
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="457659F8" w14:textId="77777777" w:rsidR="00EC6561" w:rsidRDefault="007A5A61" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44C04F08" wp14:editId="603440E0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44C04F08" wp14:editId="3EFF7FC0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-114300</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1345448" cy="1371600"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21300"/>
                 <wp:lineTo x="21416" y="21300"/>
                 <wp:lineTo x="21416" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="242988605" name="Picture 1" descr="A logo of a building&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="242988605" name="Picture 1" descr="Norfolk State University logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="242988605" name="Picture 1" descr="A logo of a building&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="242988605" name="Picture 1" descr="Norfolk State University logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1345448" cy="1371600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -1624,59 +1644,68 @@
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00500563" w:rsidRPr="00D04564">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicate instructional methods </w:t>
       </w:r>
       <w:r w:rsidRPr="00D04564">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
       <w:r w:rsidR="00500563" w:rsidRPr="00D04564">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the course designed to engage students in achieving learning outcomes. For example, methods may include lecture, demonstration, class discussion, group discussion, role playing, audio-visual presentations, collaborative learning, case study, drill, lab, simulation, fieldwork, community service, service-learning, assigned readings, Blackboard (online delivery) etc.</w:t>
+        <w:t xml:space="preserve"> in the course designed to engage students in achieving learning outcomes. For example, methods may include lecture, demonstration, class discussion, group discussion, role playing, audio-visual presentations, collaborative learning, case study, drill, lab, simulation, fieldwork, community service, service-learning, assigned readings, Blackboard (online delivery) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00500563" w:rsidRPr="00D04564">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04564">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0D333A47" w14:textId="5F499744" w:rsidR="00500563" w:rsidRPr="007A5A61" w:rsidRDefault="00500563" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RELATED UNIVERSITY-WIDE AND COURSE-SPECIFIC REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="014F80E0" w14:textId="7E6CE21A" w:rsidR="00500563" w:rsidRPr="00D04564" w:rsidRDefault="0093796A" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
@@ -2021,51 +2050,67 @@
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">, etc., that will be required. The assessment in the course </w:t>
       </w:r>
       <w:r w:rsidRPr="00B813DD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>should be accompanied by</w:t>
       </w:r>
       <w:r w:rsidR="00500563" w:rsidRPr="00B813DD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> a rubric</w:t>
       </w:r>
       <w:r w:rsidRPr="00B813DD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that is provided to students prior to the assessment. A rubric usually includes a </w:t>
+        <w:t xml:space="preserve"> that is provided to students prior to the assessment. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B813DD">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>A rubric</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B813DD">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> usually includes a </w:t>
       </w:r>
       <w:r w:rsidR="00500563" w:rsidRPr="00B813DD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>matrix</w:t>
       </w:r>
       <w:r w:rsidRPr="00B813DD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a</w:t>
       </w:r>
       <w:r w:rsidR="00500563" w:rsidRPr="00B813DD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> descriptive tool that measures each learning o</w:t>
       </w:r>
       <w:r w:rsidRPr="00B813DD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
@@ -2596,93 +2641,135 @@
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B823BA" w:rsidRPr="00B823BA">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F8B7E50" w14:textId="3DE4A6E2" w:rsidR="0040720D" w:rsidRPr="0040720D" w:rsidRDefault="0040720D" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040720D">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>The University expects students to attend all classes. While absences are discouraged, the University recognizes that, on occasion, students may have legitimate reasons for being absent. Thus, a student will be permitted one unexcused absence per semester credit hour or the number of times a given class meets per week. Once a student exceeds the number of allowed unexcused absences, an instructor may require an official University excuse. Not more than 20% of class meetings (excused and/or unexcused) may be missed by a student during a given semester. At the discretion of the instructor, a student whose absences exceed 20 percent of scheduled class meetings for the semester may receive a grade of "F" for the course.</w:t>
+        <w:t xml:space="preserve">The University expects students to attend all classes. While absences are discouraged, the University recognizes that, on occasion, students may have legitimate reasons for being absent. Thus, a student will be permitted one unexcused absence per semester credit hour or the number of times a given class meets per week. Once a student exceeds the number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0040720D">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>allowed unexcused absences</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0040720D">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, an instructor may require an official University excuse. Not more than 20% of class meetings (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0040720D">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>excused</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0040720D">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or unexcused) may be missed by a student during a given semester. At the discretion of the instructor, a student whose absences exceed 20 percent of scheduled class meetings for the semester may receive a grade of "F" for the course.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2ACF1A" w14:textId="07E2F529" w:rsidR="0040720D" w:rsidRPr="0040720D" w:rsidRDefault="0040720D" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040720D">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Students have the responsibility to confer with instructors regarding all absences or intended absences. If a sudden departure from the campus (for an emergency or extraordinary reason) prevents a student from communicating with each of his or her instructors, the student is expected to notify the Dean of Students Office within 48 hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4946A60A" w14:textId="28E3DD31" w:rsidR="0040720D" w:rsidRPr="0040720D" w:rsidRDefault="0040720D" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040720D">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Class excuses are issued for legitimate reasons as deemed appropriate by the Dean of Students Office. Such reasons may include but are not limited to medical reasons, funerals for immediate family, and official University business/activity. Official written documentation may be required. Notes from relatives, friends, etc., are not accepted as “official” documentation for absences. The Dean of Students Office will determine if an absence is legitimate and if an excuse will be issued.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D496AD8" w14:textId="48A97C96" w:rsidR="0040720D" w:rsidRPr="0040720D" w:rsidRDefault="0040720D" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040720D">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>Students who become ill are encouraged to report to the Student Health Center, located in Spartan Station, for “minor” medical treatment. A current NSU ID card must be presented prior to treatment. Written verification of illness issued by the Health Center should be carried to the Dean of Students Office, and an official University excuse should be obtained.</w:t>
+        <w:t xml:space="preserve">Students who become ill are encouraged to report to the Student Health Center, located in Spartan Station, for “minor” medical treatment. A current </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0040720D">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0040720D">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ID card must be presented prior to treatment. Written verification of illness issued by the Health Center should be carried to the Dean of Students Office, and an official University excuse should be obtained.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112E4884" w14:textId="2494A927" w:rsidR="0040720D" w:rsidRDefault="0040720D" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040720D">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Students residing in on-campus housing facilities are governed by the same policies and procedures as non-residential students insofar as class attendance and class excuses are concerned.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283AB9E0" w14:textId="30731E64" w:rsidR="00A046F1" w:rsidRDefault="00A046F1" w:rsidP="00E017FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
@@ -3105,69 +3192,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="115A1D05" w14:textId="0A1FAD5B" w:rsidR="004F386C" w:rsidRPr="004F386C" w:rsidRDefault="004F386C" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F386C">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>When used appropriately, generative AI can be an effective training tool to enhance learning. Generative AI produces new content from patterns learned from training data; it does not check for the veracity or accuracy of the input or output data. Although generative AI can be used as an effective learning tool, it should not replace students’ original work, critical thinking, or creativity. Generative AI platforms may be used as learning tools within defined contexts, but they cannot replace students' individual contributions. If you use generative AI tools, you must inform your instructor of this use and cite the contribution properly; otherwise, your actions w</w:t>
       </w:r>
       <w:r w:rsidR="00D70145">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>ill</w:t>
       </w:r>
       <w:r w:rsidRPr="004F386C">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be considered academically dishonest and in violation of the NSU Code of Student Conduct.</w:t>
+        <w:t xml:space="preserve"> be considered academically dishonest and in violation of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F386C">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F386C">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Code of Student Conduct.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8001D9" w14:textId="35121270" w:rsidR="004A3129" w:rsidRPr="007A5A61" w:rsidRDefault="004A3129" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>NSU EMAIL POLICY AND COMMUNICATING WITH STUDENTS</w:t>
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A5A61">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EMAIL POLICY AND COMMUNICATING WITH STUDENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61EC86BE" w14:textId="0CB7D512" w:rsidR="0050677E" w:rsidRPr="00547088" w:rsidRDefault="002A47F5" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>[Provide clear guidance on how students can communicate with you outside of class and when you will be responding to their emails. Make sure that you check your email regularly and respond to student emails promptly. This is especially important for online students who rely on email to communicate with you.</w:t>
       </w:r>
       <w:r w:rsidR="0021088C" w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Generally, response time should not </w:t>
       </w:r>
       <w:r w:rsidR="00FC4E0E" w:rsidRPr="00547088">
@@ -3219,51 +3330,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ON</w:t>
       </w:r>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> CLASS RECORDINGS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F49B40" w14:textId="77777777" w:rsidR="00CD1427" w:rsidRPr="008C5E80" w:rsidRDefault="00CD1427" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008C5E80">
-        <w:t xml:space="preserve">We will use technology for virtual meetings and recordings in this course. Our use of such technology is governed by FERPA, NSU Policy on the Acceptable Use of Technological Resources, and the Code of Student Conduct. A record of all meetings and recordings is kept and stored by the instructor in accordance with the Acceptable Use of Technological Resources Policy and FERPA. Your instructor will not share recordings of your class activities except with course participants, including your fellow students, teaching assistants, </w:t>
+        <w:t xml:space="preserve">We will use technology for virtual meetings and recordings </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:t xml:space="preserve"> this course. Our use of such technology is governed by FERPA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:t xml:space="preserve"> Policy on the Acceptable Use of Technological Resources, and the Code of Student Conduct. A record of all meetings and recordings is kept and stored by the instructor in accordance with the Acceptable Use of Technological Resources Policy and FERPA. Your instructor will not share recordings of your class activities except with course participants, including your fellow students, teaching assistants, </w:t>
       </w:r>
       <w:r w:rsidRPr="008C5E80">
         <w:lastRenderedPageBreak/>
         <w:t>mentors, and any guest faculty or community-based learning partners that we may engage with. </w:t>
       </w:r>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>You may not share recordings outside of this course. Doing so may result in disciplinary action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F4A317" w14:textId="5B9399B3" w:rsidR="00CD1427" w:rsidRPr="003307A7" w:rsidRDefault="00CD1427" w:rsidP="00E017FF">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
@@ -3425,51 +3552,65 @@
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Be professional. </w:t>
       </w:r>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Students should strive to look their best online. Using accurate information and proper language is expected of university students. Students should be able to justify their opinions and credit the ideas of others by citing or linking to scholarly resources. Students should avoid misinforming others when they may not know the answer to something; when they are providing a guess, they should clearly state that. Writing in a legible font, avoiding textspeak, and limiting the use of emoticons is considered professional behavior. Profanity and participation in hostile interactions is unprofessional and disruptive.</w:t>
+        <w:t xml:space="preserve">Students should strive to look their best online. Using accurate information and proper language is expected of university students. Students should be able to justify their opinions and credit the ideas of others by citing or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>linking</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to scholarly resources. Students should avoid misinforming others when they may not know the answer to something; when they are providing a guess, they should clearly state that. Writing in a legible font, avoiding textspeak, and limiting the use of emoticons is considered professional behavior. Profanity and participation in hostile interactions is unprofessional and disruptive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="560D8981" w14:textId="394534E0" w:rsidR="00CD1427" w:rsidRPr="001A36E2" w:rsidRDefault="00CD1427" w:rsidP="00E017FF">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DISCUSSION BOARD NETIQUETTE</w:t>
       </w:r>
       <w:r w:rsidR="001A36E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3526,51 +3667,65 @@
     </w:p>
     <w:p w14:paraId="04189F0E" w14:textId="77777777" w:rsidR="00CD1427" w:rsidRPr="008C5E80" w:rsidRDefault="00CD1427" w:rsidP="00E017FF">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Read all other comments before posting. </w:t>
       </w:r>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Contribute by adding to the discussion, not by repeating in your own words what others have already posted. In addition, other students may have posted questions about the course or an assignment that have already been answered within the discussion board.</w:t>
+        <w:t xml:space="preserve">Contribute by adding to the discussion, not by repeating in your own words what others have already posted. In addition, other students may have posted questions about the course or an assignment that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C5E80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> already been answered within the discussion board.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F9A9721" w14:textId="77777777" w:rsidR="00CD1427" w:rsidRPr="008C5E80" w:rsidRDefault="00CD1427" w:rsidP="00E017FF">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Be clear and stay on topic. </w:t>
       </w:r>
       <w:r w:rsidRPr="008C5E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -3701,242 +3856,350 @@
         <w:r w:rsidRPr="0075738C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="majorBidi"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>MyNSU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00542517" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">For questions or concerns about accessing MyNSU, please call NSU Client Services at 757-823-8678 or email </w:t>
+        <w:t xml:space="preserve">For questions or concerns about accessing </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>MyNSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please call </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Client Services at 757-823-8678 or email </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00486C56" w:rsidRPr="0075738C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="majorBidi"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>clientservices@nsu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00542517" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CABC1B" w14:textId="2E8F8F3F" w:rsidR="6FB39308" w:rsidRDefault="6FB39308" w:rsidP="00E017FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Type your username. Your username is the local part of your NSU email address (up to but not including the @ sign). Please do not include the @ symbol or the domain part. For example, if your </w:t>
+        <w:t xml:space="preserve">Type your username. Your username is the local part of your </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> email address (up to but not including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>the @</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sign). Please do not include </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>the @</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> symbol or the domain part. For example, if your </w:t>
       </w:r>
       <w:r w:rsidR="186EA0E8" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">ail address is </w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">john.doe@spartans.nsu.edu, </w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
       <w:r w:rsidR="3AF8E9E7" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>username</w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>john.doe</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201E0976" w14:textId="70587EB4" w:rsidR="6FB39308" w:rsidRDefault="6FB39308" w:rsidP="00E017FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Type your </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001065A2" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">MYNSU </w:t>
+        <w:t>MYNSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001065A2" w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>password.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E9EB8D2" w14:textId="1FB38DF0" w:rsidR="6FB39308" w:rsidRDefault="6FB39308" w:rsidP="00E017FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Select the Blackboard icon </w:t>
       </w:r>
       <w:r w:rsidR="00CF1AE8" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>from the MyNSU Page</w:t>
+        <w:t xml:space="preserve">from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF1AE8" w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>MyNSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF1AE8" w:rsidRPr="00486C56">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Page</w:t>
       </w:r>
       <w:r w:rsidR="00DD3D86">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, then Student Links,</w:t>
       </w:r>
       <w:r w:rsidR="00CF1AE8" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">to access </w:t>
       </w:r>
       <w:r w:rsidR="2524F964" w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Blackboard</w:t>
       </w:r>
       <w:r w:rsidRPr="00486C56">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0043799E">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="009B7AAF">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>You will be directed to the Welcome to NSU’s Blackboard Ultra Institution Page.</w:t>
+        <w:t xml:space="preserve">You will be directed to the Welcome to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B7AAF">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>NSU’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B7AAF">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blackboard Ultra Institution Page.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5394F6" w14:textId="6DA662ED" w:rsidR="008B0A03" w:rsidRDefault="008022FD" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008022FD">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>What are the operating system requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3306B382" w14:textId="0D16A3AE" w:rsidR="008022FD" w:rsidRPr="008022FD" w:rsidRDefault="008022FD" w:rsidP="00E017FF">
@@ -4369,62 +4632,62 @@
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="7F5FFBFF">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>s print command to keep a copy for your records. Below is an example of the test receipt page.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D37A76B" w14:textId="77777777" w:rsidR="00D33540" w:rsidRDefault="082E8EFE" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43991995" wp14:editId="4FA9B9AD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43991995" wp14:editId="7CD67E4F">
             <wp:extent cx="1761704" cy="2135870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="668740484" name="Picture 668740484" descr="A screenshot of a computer&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="668740484" name="Picture 668740484" descr="This is a screenshot indicating successful submission of an assignment in Blackboard."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPr id="668740484" name="Picture 668740484" descr="This is a screenshot indicating successful submission of an assignment in Blackboard."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1776788" cy="2154157"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -4803,100 +5066,117 @@
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>faculty need to verify</w:t>
       </w:r>
       <w:r w:rsidR="001A1283">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> that the information provided below is </w:t>
       </w:r>
       <w:r w:rsidR="0072069E">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
-        <w:t>latest ADA statement obtained from NSU’s</w:t>
-      </w:r>
+        <w:t xml:space="preserve">latest ADA statement obtained from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00547088">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>NSU’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00500563" w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Office of Accessibility Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (OASIS).]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279AC09B" w14:textId="77777777" w:rsidR="00F40997" w:rsidRPr="00F40997" w:rsidRDefault="00F40997" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F40997">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>In accordance with Section 504 of the Rehabilitation Act of 1973 and the Americans with Disabilities Act (ADA) of 1990, please contact the Office of Accessibility Services/International Student Services (OASIS) if you have a disability or think you have a disability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C453D85" w14:textId="721D0BCB" w:rsidR="00F40997" w:rsidRPr="00F40997" w:rsidRDefault="00F40997" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact Person: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40997">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>Cheniqua Goode, LPC</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Cheniqua Goode, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F40997">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>LPC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40997">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Accessibility Services Interim Director</w:t>
       </w:r>
       <w:r w:rsidRPr="00F40997">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Location: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40997">
@@ -4943,51 +5223,65 @@
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UNIVERSITY ASSESSMENT STATEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00ADE25E" w14:textId="647343FA" w:rsidR="00500563" w:rsidRPr="007A5A61" w:rsidRDefault="00500563" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>As part of NSU’s commitment to provide the environment and resources needed for success, students may be required to participate in university-wide assessment activities. The activities may include tests, surveys, focus groups and interviews, and portfolio reviews. The primary purpose of the assessment activities is to determine the extent to which the university’s programs and services maintain high quality and meet student</w:t>
+        <w:t xml:space="preserve">As part of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A5A61">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>NSU’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A5A61">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commitment to provide the environment and resources needed for success, students may be required to participate in university-wide assessment activities. The activities may include tests, surveys, focus groups and interviews, and portfolio reviews. The primary purpose of the assessment activities is to determine the extent to which the university’s programs and services maintain high quality and meet student</w:t>
       </w:r>
       <w:r w:rsidR="0087006F" w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> needs</w:t>
       </w:r>
       <w:r w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Students will not be identified in the analysis of results. Unless indicated otherwise by the instructor, results from </w:t>
       </w:r>
       <w:r w:rsidR="0087006F" w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="007A5A61">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>niversity assessment activities will not be computed in student grades.</w:t>
       </w:r>
@@ -5015,51 +5309,65 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31765">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">A list of academic services and University services can be found on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="008A1B79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="majorBidi"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>Assist</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C31765">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tab in the global navigation. Additionally, As an enrolled student at NSU, you have access to </w:t>
+        <w:t xml:space="preserve"> tab in the global navigation. Additionally, As an enrolled student at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C31765">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C31765">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, you have access to </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="008A1B79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="majorBidi"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>student software and services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C31765">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720DFA34" w14:textId="7072BF28" w:rsidR="00500563" w:rsidRPr="00547088" w:rsidRDefault="00A655F8" w:rsidP="00E017FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
@@ -5068,51 +5376,83 @@
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00500563" w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide </w:t>
       </w:r>
       <w:r w:rsidR="00FA6284" w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">any additional </w:t>
       </w:r>
       <w:r w:rsidR="00500563" w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
-        <w:t>information regarding the relevant NSU academic support services (e.g., Stith Student Success Center, departmental or college/school advising and tutoring services, student groups or clubs for majors, University bookstore, Career Services, Lyman Beecher Brooks Library, LibGuides, Military and Veterans Affairs, International Student Services, etc.).</w:t>
+        <w:t xml:space="preserve">information regarding the relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00500563" w:rsidRPr="00547088">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00500563" w:rsidRPr="00547088">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic support services (e.g., Stith Student Success Center, departmental or college/school advising and tutoring services, student groups or clubs for majors, University bookstore, Career Services, Lyman Beecher Brooks Library, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00500563" w:rsidRPr="00547088">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>LibGuides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00500563" w:rsidRPr="00547088">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>, Military and Veterans Affairs, International Student Services, etc.).</w:t>
       </w:r>
       <w:r w:rsidRPr="00547088">
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7905A040" w14:textId="77777777" w:rsidR="00573038" w:rsidRPr="003F41A6" w:rsidRDefault="00573038" w:rsidP="00E017FF">
       <w:r w:rsidRPr="003F41A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Counseling Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E1B9A0" w14:textId="77777777" w:rsidR="00573038" w:rsidRPr="003F41A6" w:rsidRDefault="00573038" w:rsidP="00E017FF">
       <w:r w:rsidRPr="003F41A6">
         <w:t>Many services are available on campus for currently enrolled students such as crisis intervention and individual and group counseling.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5167,51 +5507,59 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Student Mental Health and Well-</w:t>
       </w:r>
       <w:r w:rsidR="00CC39BE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>eing:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
-        <w:t xml:space="preserve">The NSU Counseling Center is sensitive to addressing the mental health and overall </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F41A6">
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F41A6">
+        <w:t xml:space="preserve"> Counseling Center is sensitive to addressing the mental health and overall </w:t>
       </w:r>
       <w:r>
         <w:t>well-being</w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t xml:space="preserve"> of the student population. The Counseling Center provides in</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t>person and telehealth services in the form of individual therapy, group therapy, consultation, crisis intervention, case management, and referral support.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t>Students may contact the Counseling Center in person (Student Services Center, Suite 312) or by calling 757-823-8173 between the hours of 8:00 a</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t>m</w:t>
       </w:r>
@@ -5240,110 +5588,155 @@
         <w:t>Crisis services after hours and weekends are available by calling 757</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t>823-8102.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t>The National Suicide and Crisis Lifeline is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t>988 and for a life-threatening emergency, call 911 right away.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C0439C8" w14:textId="77777777" w:rsidR="00573038" w:rsidRPr="003F41A6" w:rsidRDefault="00573038" w:rsidP="00E017FF">
       <w:r w:rsidRPr="003F41A6">
         <w:t xml:space="preserve">Students have access to </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F41A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">TimelyCare, </w:t>
+        <w:t>TimelyCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F41A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t xml:space="preserve">a new virtual health and </w:t>
       </w:r>
       <w:r>
         <w:t>well-being</w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t xml:space="preserve"> platform. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F41A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">TimelyCare </w:t>
+        <w:t>TimelyCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F41A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t xml:space="preserve">provides 24/7/365 access to mental health support at no cost to students. Get started by downloading the </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F41A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">TimelyCare </w:t>
+        <w:t>TimelyCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F41A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t xml:space="preserve">app on any electronic device or visiting </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="003F41A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>timelycare.com/nsu</w:t>
+          <w:t>timelycare.com/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="003F41A6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>nsu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="003F41A6">
-        <w:t>. Be sure to use your NSU email address upon registering. Services include the following:</w:t>
+        <w:t xml:space="preserve">. Be sure to use your </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F41A6">
+        <w:t>NSU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F41A6">
+        <w:t xml:space="preserve"> email address upon registering. Services include the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392986BF" w14:textId="77777777" w:rsidR="00573038" w:rsidRDefault="00573038" w:rsidP="00E017FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="180"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F41A6">
         <w:t>TalkNow</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t>24/7</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F41A6">
         <w:t xml:space="preserve"> on-demand emotional support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0923261B" w14:textId="77777777" w:rsidR="00573038" w:rsidRDefault="00573038" w:rsidP="00E017FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="180"/>
       </w:pPr>
       <w:r w:rsidRPr="003F41A6">
         <w:t>Scheduled Counseling</w:t>
       </w:r>
@@ -5582,71 +5975,71 @@
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorBidi"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000D2711" w:rsidRPr="000D2711" w:rsidSect="00EC39FA">
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09E950EA" w14:textId="77777777" w:rsidR="000567D0" w:rsidRDefault="000567D0" w:rsidP="003E2DD1">
+    <w:p w14:paraId="455F58DE" w14:textId="77777777" w:rsidR="00131F3B" w:rsidRDefault="00131F3B" w:rsidP="003E2DD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A221E1C" w14:textId="77777777" w:rsidR="000567D0" w:rsidRDefault="000567D0" w:rsidP="003E2DD1">
+    <w:p w14:paraId="54992891" w14:textId="77777777" w:rsidR="00131F3B" w:rsidRDefault="00131F3B" w:rsidP="003E2DD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E8613CE" w14:textId="77777777" w:rsidR="000567D0" w:rsidRDefault="000567D0">
+    <w:p w14:paraId="7239A58D" w14:textId="77777777" w:rsidR="00131F3B" w:rsidRDefault="00131F3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5871,71 +6264,71 @@
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A1AC4EB" w14:textId="77777777" w:rsidR="000567D0" w:rsidRDefault="000567D0" w:rsidP="003E2DD1">
+    <w:p w14:paraId="52AB887C" w14:textId="77777777" w:rsidR="00131F3B" w:rsidRDefault="00131F3B" w:rsidP="003E2DD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C9DB0B7" w14:textId="77777777" w:rsidR="000567D0" w:rsidRDefault="000567D0" w:rsidP="003E2DD1">
+    <w:p w14:paraId="253FC5EA" w14:textId="77777777" w:rsidR="00131F3B" w:rsidRDefault="00131F3B" w:rsidP="003E2DD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7BD6F4BB" w14:textId="77777777" w:rsidR="000567D0" w:rsidRDefault="000567D0">
+    <w:p w14:paraId="62113C56" w14:textId="77777777" w:rsidR="00131F3B" w:rsidRDefault="00131F3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="027F6959"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF242528"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -8574,120 +8967,124 @@
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1456408387">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1853957222">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1516384859">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="163671793">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="116149681">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="140268555">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00500563"/>
     <w:rsid w:val="000119A6"/>
     <w:rsid w:val="0001498B"/>
     <w:rsid w:val="000405E3"/>
     <w:rsid w:val="000559DC"/>
     <w:rsid w:val="000564CF"/>
     <w:rsid w:val="000567D0"/>
     <w:rsid w:val="00067B7D"/>
     <w:rsid w:val="000737CF"/>
     <w:rsid w:val="000B3755"/>
     <w:rsid w:val="000C6D22"/>
     <w:rsid w:val="000D2711"/>
     <w:rsid w:val="000F528F"/>
     <w:rsid w:val="00104BBE"/>
     <w:rsid w:val="001065A2"/>
+    <w:rsid w:val="00131F3B"/>
     <w:rsid w:val="00144264"/>
     <w:rsid w:val="00146E5D"/>
     <w:rsid w:val="00147C4B"/>
+    <w:rsid w:val="001536A7"/>
     <w:rsid w:val="00160F16"/>
     <w:rsid w:val="00173A22"/>
     <w:rsid w:val="001A0F08"/>
     <w:rsid w:val="001A1283"/>
     <w:rsid w:val="001A36E2"/>
     <w:rsid w:val="001B1B0A"/>
     <w:rsid w:val="001C211E"/>
     <w:rsid w:val="001D34A7"/>
     <w:rsid w:val="0021088C"/>
     <w:rsid w:val="002145F1"/>
     <w:rsid w:val="00217265"/>
     <w:rsid w:val="0022220F"/>
     <w:rsid w:val="00227466"/>
     <w:rsid w:val="00256364"/>
     <w:rsid w:val="00264E66"/>
     <w:rsid w:val="00270EE9"/>
     <w:rsid w:val="00285839"/>
     <w:rsid w:val="00285AE2"/>
     <w:rsid w:val="00292E64"/>
     <w:rsid w:val="002932C7"/>
     <w:rsid w:val="002A3286"/>
     <w:rsid w:val="002A47F5"/>
     <w:rsid w:val="002A6441"/>
     <w:rsid w:val="002E47F4"/>
     <w:rsid w:val="00311487"/>
     <w:rsid w:val="00316EC8"/>
     <w:rsid w:val="003307A7"/>
     <w:rsid w:val="00343736"/>
     <w:rsid w:val="00350F68"/>
     <w:rsid w:val="0035676D"/>
     <w:rsid w:val="003762A0"/>
+    <w:rsid w:val="00381FBC"/>
     <w:rsid w:val="00386DA2"/>
     <w:rsid w:val="0039415F"/>
     <w:rsid w:val="003A659C"/>
     <w:rsid w:val="003A671B"/>
     <w:rsid w:val="003D4C5F"/>
     <w:rsid w:val="003E2DD1"/>
     <w:rsid w:val="003F1B90"/>
     <w:rsid w:val="0040720D"/>
     <w:rsid w:val="004240E8"/>
     <w:rsid w:val="00424623"/>
     <w:rsid w:val="00437015"/>
     <w:rsid w:val="0043799E"/>
     <w:rsid w:val="0044304E"/>
     <w:rsid w:val="00482D9D"/>
     <w:rsid w:val="00483CD6"/>
     <w:rsid w:val="00486C56"/>
     <w:rsid w:val="004979CE"/>
     <w:rsid w:val="004A0EE9"/>
     <w:rsid w:val="004A3129"/>
     <w:rsid w:val="004A49F3"/>
     <w:rsid w:val="004C4CE1"/>
     <w:rsid w:val="004F386C"/>
     <w:rsid w:val="00500563"/>
     <w:rsid w:val="0050677E"/>
     <w:rsid w:val="005238A7"/>
@@ -8727,50 +9124,51 @@
     <w:rsid w:val="0075140F"/>
     <w:rsid w:val="0075738C"/>
     <w:rsid w:val="00785BEC"/>
     <w:rsid w:val="00786965"/>
     <w:rsid w:val="007A12EB"/>
     <w:rsid w:val="007A5A61"/>
     <w:rsid w:val="007B67CC"/>
     <w:rsid w:val="007F6520"/>
     <w:rsid w:val="008022FD"/>
     <w:rsid w:val="0080402D"/>
     <w:rsid w:val="008117D4"/>
     <w:rsid w:val="00820A97"/>
     <w:rsid w:val="0084607D"/>
     <w:rsid w:val="00847A10"/>
     <w:rsid w:val="00853D25"/>
     <w:rsid w:val="00863D0F"/>
     <w:rsid w:val="0086781B"/>
     <w:rsid w:val="0087006F"/>
     <w:rsid w:val="00873751"/>
     <w:rsid w:val="00874CDA"/>
     <w:rsid w:val="00880EE2"/>
     <w:rsid w:val="00882AD6"/>
     <w:rsid w:val="008A1B79"/>
     <w:rsid w:val="008A4B01"/>
     <w:rsid w:val="008B0A03"/>
+    <w:rsid w:val="008B4652"/>
     <w:rsid w:val="008C4DC7"/>
     <w:rsid w:val="009107E0"/>
     <w:rsid w:val="0093205E"/>
     <w:rsid w:val="0093796A"/>
     <w:rsid w:val="00954F88"/>
     <w:rsid w:val="00975B51"/>
     <w:rsid w:val="00977986"/>
     <w:rsid w:val="00983589"/>
     <w:rsid w:val="009B3F20"/>
     <w:rsid w:val="009B7AAF"/>
     <w:rsid w:val="009C0FD2"/>
     <w:rsid w:val="009C5BCC"/>
     <w:rsid w:val="009D00EE"/>
     <w:rsid w:val="009D13DB"/>
     <w:rsid w:val="009E37B0"/>
     <w:rsid w:val="009F38DF"/>
     <w:rsid w:val="00A046F1"/>
     <w:rsid w:val="00A22FA0"/>
     <w:rsid w:val="00A416A9"/>
     <w:rsid w:val="00A655F8"/>
     <w:rsid w:val="00A9367A"/>
     <w:rsid w:val="00AA104E"/>
     <w:rsid w:val="00AC648F"/>
     <w:rsid w:val="00AD3B98"/>
     <w:rsid w:val="00AD3BE2"/>
@@ -8794,52 +9192,54 @@
     <w:rsid w:val="00BA36F2"/>
     <w:rsid w:val="00BC4052"/>
     <w:rsid w:val="00C02D9C"/>
     <w:rsid w:val="00C31765"/>
     <w:rsid w:val="00C33C73"/>
     <w:rsid w:val="00C352B5"/>
     <w:rsid w:val="00C50D87"/>
     <w:rsid w:val="00C750FE"/>
     <w:rsid w:val="00C8682E"/>
     <w:rsid w:val="00C97084"/>
     <w:rsid w:val="00CA47CD"/>
     <w:rsid w:val="00CB09CB"/>
     <w:rsid w:val="00CC39BE"/>
     <w:rsid w:val="00CD1427"/>
     <w:rsid w:val="00CD268F"/>
     <w:rsid w:val="00CD5001"/>
     <w:rsid w:val="00CF1AE8"/>
     <w:rsid w:val="00D04564"/>
     <w:rsid w:val="00D1210C"/>
     <w:rsid w:val="00D124BD"/>
     <w:rsid w:val="00D162DB"/>
     <w:rsid w:val="00D33540"/>
     <w:rsid w:val="00D44F0D"/>
     <w:rsid w:val="00D44F84"/>
     <w:rsid w:val="00D50F7A"/>
+    <w:rsid w:val="00D61C82"/>
     <w:rsid w:val="00D70145"/>
     <w:rsid w:val="00D72AA3"/>
+    <w:rsid w:val="00D81A31"/>
     <w:rsid w:val="00DA6638"/>
     <w:rsid w:val="00DD3D86"/>
     <w:rsid w:val="00DE679F"/>
     <w:rsid w:val="00DF7059"/>
     <w:rsid w:val="00E017FF"/>
     <w:rsid w:val="00E10291"/>
     <w:rsid w:val="00E16DDF"/>
     <w:rsid w:val="00E27CA3"/>
     <w:rsid w:val="00E4218D"/>
     <w:rsid w:val="00E51810"/>
     <w:rsid w:val="00E55B60"/>
     <w:rsid w:val="00E56B89"/>
     <w:rsid w:val="00E7239C"/>
     <w:rsid w:val="00E73FDF"/>
     <w:rsid w:val="00E750DB"/>
     <w:rsid w:val="00E82402"/>
     <w:rsid w:val="00E855C0"/>
     <w:rsid w:val="00EA78AA"/>
     <w:rsid w:val="00EC39FA"/>
     <w:rsid w:val="00EC6561"/>
     <w:rsid w:val="00EF7B01"/>
     <w:rsid w:val="00F02ECC"/>
     <w:rsid w:val="00F0465F"/>
     <w:rsid w:val="00F14188"/>
     <w:rsid w:val="00F40997"/>
@@ -10399,75 +10799,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>4143</Words>
-  <Characters>23621</Characters>
+  <Words>3788</Words>
+  <Characters>21986</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>196</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>346</Lines>
+  <Paragraphs>144</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27709</CharactersWithSpaces>
+  <CharactersWithSpaces>25648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>2752513</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.youtube.com/playlist?list=PLontYaReEU1vndBOA5qA-u_Gwyh9xk8U3</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4784195</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -10508,36 +10908,36 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.nsu.edu/Campus-Life/Services-Resources/Dean-of-Students/Student-Conduct</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Course Syllabus Criteria</dc:title>
   <dc:subject/>
-  <dc:creator>Lamiaa Youssef</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>